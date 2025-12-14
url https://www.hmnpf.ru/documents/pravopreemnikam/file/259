--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -1,3505 +1,9035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="71F07DA0" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...1 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+    <w:p w14:paraId="33E10DD8" w14:textId="0047D616" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="0090464F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="6010"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Приложение № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654289">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">к Правилам выплаты негосударственным пенсионным фондом, осуществляющим обязательное пенсионное страхование, правопреемникам умерших застрахованных </w:t>
+      </w:r>
+      <w:r w:rsidR="0090464F">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">лиц средств пенсионных накоплений, учтенных </w:t>
+      </w:r>
+      <w:r w:rsidR="0090464F">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="0090464F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>пенсионных счетах накопительной пенсии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BDCDE6D" w14:textId="59F8B1B7" w:rsidR="00654289" w:rsidRPr="00325442" w:rsidRDefault="00654289" w:rsidP="0090464F">
+      <w:pPr>
+        <w:spacing w:after="180"/>
+        <w:ind w:left="6010"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(в ред. Постановлени</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3D98" w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 06.02.2021 № 124</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3D98" w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, от 24.03.2023 № 471</w:t>
+      </w:r>
+      <w:r w:rsidR="00230FC4" w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00230FC4" w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 28.10.2025 № 1679</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D657D9">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434DD5F6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="00280691">
+      <w:pPr>
+        <w:spacing w:after="180"/>
         <w:jc w:val="right"/>
-        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Приложение N 2</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(форма)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32106726" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="1C161A75" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="0090464F">
+      <w:pPr>
+        <w:ind w:left="6010"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1701B70C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="0090464F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="6010"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D81835" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="0090464F">
+      <w:pPr>
+        <w:ind w:left="6010"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="782582B7" w14:textId="6ACEE826" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="0090464F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="480"/>
+        <w:ind w:left="6010"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>к Правилам выплаты негосударственным</w:t>
+        <w:t xml:space="preserve">(наименование негосударственного </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="0090464F">
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:t>пенсионным фондом, осуществляющим</w:t>
+        <w:t>пенсионного фонда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C065FD" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="5214A209" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>обязательное пенсионное страхование,</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71159A5C" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="7C992156" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>правопреемникам умерших застрахованных</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>правопреемника о выплате средств пенс</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>лиц средств пенсионных накоплений,</w:t>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ионных</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>учтенных на пенсионных</w:t>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>накоплений, учтенных на пенсионном счете</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>счетах накопительной пенсии</w:t>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>накопительной пенсии умершего</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-        <w:ind w:firstLine="540"/>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>застрахованного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A0D9EE" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:ind w:right="7086"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD53256" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="360"/>
+        <w:ind w:right="7088"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>(число, месяц, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF8F3E4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00304CF5">
+      <w:pPr>
+        <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">                                           ________________________________</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу произвести мне выплату средств пенсионных накоплений, учтенных на пенсионном счете накопительной пенсии</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423B6573" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                                           ________________________________</w:t>
+    <w:p w14:paraId="3CB16C30" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9038BD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>(ф.и.о. умершего застрахованного лица, при наличии –</w:t>
       </w:r>
-    </w:p>
-[...982 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="102" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="62" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1973"/>
-        <w:gridCol w:w="7726"/>
+        <w:gridCol w:w="6350"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="3317"/>
+        <w:gridCol w:w="170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F0F80" w14:paraId="7E61446F" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="2C0F21A1" w14:textId="77777777" w:rsidTr="00CF5718">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DD998E" w14:textId="1EE180CD" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7058AFD4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="155E50A7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E48DB3A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4482C207" w14:textId="7BBB9463" w:rsidR="00304CF5" w:rsidRPr="00304CF5" w:rsidRDefault="00304CF5" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:ind w:right="113"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>страховой номер индивидуального лицевого счета умершего застрахованного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606BDBED" w14:textId="2324594E" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в связи с его смертью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E0F914" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О себе сообщаю следующие данные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C02FE8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я являюсь правопреемником (сделать отметки в соответствующих квадратах):</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0312986B" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...27 lines deleted...]
-              <w:t>Сообщаю о следующих известных мне родственниках умершего застрахованного лица</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FAC79A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C81D22" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по договору (заявлению);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="52AF00E6" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+    </w:tbl>
+    <w:p w14:paraId="7B6DE608" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="658"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по закону:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="45162AE8" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...23 lines deleted...]
-              <w:t>(указывается максимально известная заявителю информация о следующих родственниках умершего застрахованного лица: дети, супруг/супруга, родители, братья, сестры, дедушки, бабушки, внуки):</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="421EC4B5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316D31A4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>первой очереди;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="7C53D671" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+    </w:tbl>
+    <w:p w14:paraId="7E78E74F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="001F2299" w:rsidRDefault="003F64FE" w:rsidP="001F2299">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="27D2A77D" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-              <w:t>Фамилия, имя, отчество (при наличии) _________________</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4ECA84" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBC1DDF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>второй очереди;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="523E740D" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+    </w:tbl>
+    <w:p w14:paraId="57703815" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="001F2299" w:rsidRDefault="003F64FE" w:rsidP="001F2299">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10091" w:type="dxa"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9666"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4AD256C0" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07245706" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="182B290B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113" w:right="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в отношении средств (части средств) материнского (семейного) капитала, направленных на формирование накопительной пенсии, и результата их инвестирования являюсь лицом, указанным в пункте 4 Правил выплаты негосударственным пенсионным фондом, осуществляющим обязательное пенсионное страхование, правопреемникам умерших застрахованных лиц средств пенсионных накоплений, учтенных на пенсионных счетах накопительной пенсии, утвержденных постановлением Правительства Российской Федерации от 30 июля </w:t>
+            </w:r>
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+              <w:smartTagPr>
+                <w:attr w:name="ProductID" w:val="2014 г"/>
+              </w:smartTagPr>
+              <w:r w:rsidRPr="009478D9">
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>2014 г</w:t>
+              </w:r>
+            </w:smartTag>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. № 710, – отец ребенка застрахованного лица, сын, дочь застрахованного лица (нужное подчеркнуть)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="63677DA9" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0256CFBB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9666" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576BF374" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="144CA90B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="001F2299" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2580"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="2211"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="1814"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="2041"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="7051ADAA" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10C34513" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...21 lines deleted...]
-              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица, номер дома, корпус, номер квартиры)</w:t>
+          <w:p w14:paraId="5BFDCD02" w14:textId="572E4E2F" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Заполняется правопреемником </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>закону</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7654" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32AEA08A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Степень моего родства с умершим застрахованным лицом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(сделать отметку в соответствующем квадрате):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="10803DF7" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="672D169A" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1134"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0880434E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA2B438" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40F6E852" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...30 lines deleted...]
-            <w:vMerge/>
+          <w:p w14:paraId="6BE89A9D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="558063CF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>сын/дочь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(в том числе усыновленные)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22D5F81C" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...29 lines deleted...]
-            <w:vMerge/>
+          <w:p w14:paraId="3981CFE5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="441159E9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>супруг/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>супруга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F4AF550" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...9 lines deleted...]
-              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="68B311B0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38BA892B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>мать/отец</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(в том числе усыновители)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="20DEED47" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79B20BAC" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...30 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="47C905EF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05F5828F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369E6E88" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7703354A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51204893" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E8D106F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64BC54C7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="280D4A0F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="0A251196" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="2C529AE9" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="595"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23418FBE" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2534226C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="042AD0E6" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...30 lines deleted...]
-            <w:vMerge/>
+          <w:p w14:paraId="5C195E20" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="543CEA1C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>брат/сестра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B2057AC" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...29 lines deleted...]
-            <w:vMerge/>
+          <w:p w14:paraId="3FEE1102" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B0F5597" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>дедушка/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бабушка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E2AF986" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...11 lines deleted...]
-              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="06534FDC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71B356EE" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...29 lines deleted...]
-              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица, номер дома, корпус, номер квартиры)</w:t>
+          <w:p w14:paraId="452B61C5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>внук/внучка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="67606D0C" w14:textId="77777777">
-[...5 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="45BD45A7" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A677B42" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...11 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="780D9609" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7654" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EF06505" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...145 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3C41DCB8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EEF4056" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">    К заявлению прилагаю следующие документы:</w:t>
+    <w:p w14:paraId="0925E419" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1BB3A4" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="0DAC510D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="1049"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="102" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="62" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="605"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2748"/>
+        <w:gridCol w:w="539"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2722"/>
+        <w:gridCol w:w="3572"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F0F80" w14:paraId="3212D1FA" w14:textId="77777777">
-[...5 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="65C8F0AD" w14:textId="77777777" w:rsidTr="00FD2098">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AE1B84" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Имя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...14 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00626ED9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4330C7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...881 lines deleted...]
-              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB33A1B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="437E31BE" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+    <w:p w14:paraId="68C61900" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Число, месяц, год и место рождения  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:t>При  изменении</w:t>
+    </w:p>
+    <w:p w14:paraId="12BA1462" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="3844"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AC9EFD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес места жительства  </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">  персональных  данных, указанных мной в заявлении, приму</w:t>
+    </w:p>
+    <w:p w14:paraId="045C09E9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="2608"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>(почтовый индекс, республика, край, область,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51706089" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...6 lines deleted...]
-        <w:t>меры  к</w:t>
+    <w:p w14:paraId="59F4D362" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205E4918" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>населенный пункт, улица, номер дома, корпус, номер квартиры)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">  уведомлению  об  этом  негосударственного  пенсионного фонда путем</w:t>
+    </w:p>
+    <w:p w14:paraId="5C26E62C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес фактического проживания  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F344BDF" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...79 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5B5918A0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="3532"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04128885" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560C1A5A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="102" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="62" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2856"/>
-        <w:gridCol w:w="6843"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="3288"/>
+        <w:gridCol w:w="1474"/>
+        <w:gridCol w:w="3062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F0F80" w14:paraId="0891B2F6" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="10F3DC44" w14:textId="77777777" w:rsidTr="006C76BF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="295BC5D7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Паспорт: серия, номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3288" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C18619" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B424160" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D2E6FB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7655CF34" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, выдавший паспорт,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FAE810" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="2807"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A5967D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438B09BC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48014059" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование и реквизиты иного документа, удостоверяющего личность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730E6202" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09D2D21A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D2EE28" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72077601" w14:textId="77777777" w:rsidR="00521F67" w:rsidRPr="009478D9" w:rsidRDefault="00521F67" w:rsidP="00521F67">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон, адрес электронной почты  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2346FFC6" w14:textId="77777777" w:rsidR="00521F67" w:rsidRPr="009478D9" w:rsidRDefault="00521F67" w:rsidP="00521F67">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="3737"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CF08B2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Страховой номер индивидуального лицевого счета (при наличии)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228D9698" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:left="6889"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD6F77F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE19868" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62A09C61" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Назначенную выплату прошу произвести (сделать отметку в соответствующем квадрате):</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10063" w:type="dxa"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="739ABB4A" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...26 lines deleted...]
-              <w:t>Заявление зарегистрировано в журнале регистрации заявлений о выплате средств пенсионных накоплений (об отказе от получения средств пенсионных накоплений)</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="469C23D5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F17801D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличными денежными средствами из кассы фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="1CE2B297" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+    </w:tbl>
+    <w:p w14:paraId="120FEF4F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="00890A18" w:rsidRDefault="003F64FE" w:rsidP="00890A18">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10063" w:type="dxa"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4507B648" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...23 lines deleted...]
-              <w:t>"__" _____________ ____ г. N ____________</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="085C730F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB6B341" w14:textId="0EAD86D5" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00547C5A">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денежным переводом через почтовое отделение связи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F0F80" w14:paraId="3D1EAEBA" w14:textId="77777777">
-[...3 lines deleted...]
-            <w:vMerge/>
+    </w:tbl>
+    <w:p w14:paraId="53E8B0B0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="00890A18" w:rsidRDefault="003F64FE" w:rsidP="00890A18">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10064" w:type="dxa"/>
+        <w:tblInd w:w="170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="5216"/>
+        <w:gridCol w:w="4423"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="73A5F2A4" w14:textId="77777777" w:rsidTr="00D657D9">
+        <w:trPr>
+          <w:trHeight w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20CF232F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5216" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45859458" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>путем перечисления средств на банковский счет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3098DEBE" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="405A72B1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68EEC68B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:t>(полное наименование банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1474"/>
+        <w:gridCol w:w="3090"/>
+        <w:gridCol w:w="1021"/>
+        <w:gridCol w:w="4649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="542AFCD3" w14:textId="77777777" w:rsidTr="00760E72">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B439EF6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в филиале №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C35FC63" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E204493" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>корр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F37060" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1031FE5A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="4423"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="71DEF710" w14:textId="77777777" w:rsidTr="0011652A">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F7720C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DF2EC4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4812116F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КПП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7833AF74" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="11B91FD2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">текущий счет №  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06066A46" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="480"/>
+        <w:ind w:left="1797"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="2580"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="3998"/>
+        <w:gridCol w:w="141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="307FB943" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F27AEA3" w14:textId="7C0A97B1" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Заполняется </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желанию правопре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t xml:space="preserve">емником </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>закону</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70636752" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="85" w:right="85"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сообщаю о следующих известных мне родственниках умершего застрахованного лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="5F6A101E" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EF31E93" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FE8C212" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="85" w:right="85"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="02EEDDDC" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F9381A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE9F1D2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:t>(указывается максимально известная заявителю информация о следующих родственниках умершего застрахованного лица: дети, супруг/супруга, родители, братья, сестры, дедушки, бабушки, внуки):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="6C5393DC" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C1FFDD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4224" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D818AF1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBC1F3B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="350718EA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="51936F04" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5C4A5E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="389DE445" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес места жительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4B0907" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A622D8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0EF95336" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2016CF49" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="261AED67" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72123FA3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41204B66" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1E7A8859" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DF9F937" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49DA681B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8A554" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:br/>
+              <w:t>номер дома, корпус, номер квартиры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="444B7955" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0880AB90" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCD8955" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3856" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="311A7B44" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="00521F67">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон, адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF79D11" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39518C50" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="11A37E3E" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B426643" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5A05F6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="35AD37AA" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="482EDC20" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4224" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BF9C07" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D1A1AA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A33F0E3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4F3896F0" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="513D50B2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="384D91A2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес места жительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D8CCF2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="223B1245" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1015EAC6" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49036607" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="226E0984" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="726FC0CD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44446CFC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4E318BF3" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DC5EA2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2827493D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06318194" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3444CB21" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1145F6BE" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2D6BF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C8545AF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCF44C9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:br/>
+              <w:t>номер дома, корпус, номер квартиры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D8E9062" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="43F51DC6" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4417834E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3856" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55152E96" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="00521F67">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон, адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A915DF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B8DCA2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="3C019B2E" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D841690" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F625FCA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="44326EA5" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24AB028A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4224" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8D1EE8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E77BA7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="127F998D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="7AAE838B" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCB812A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6326FE33" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес места жительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F2D17A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="235B2531" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0576D0DE" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F954EC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3BAB16" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1F6487" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42605A59" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4C282839" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A378188" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7110AD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5299A79F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC05274" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="4CF5429E" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9BE4C1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66A395FB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CBD9E2B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:br/>
+              <w:t>номер дома, корпус, номер квартиры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0169A540" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="6095A665" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78099458" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3856" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="228CDD52" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="00521F67">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон, адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11135541" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBA5683" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="69EA373E" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="681D637B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7E4A03" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1DBB31F5" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="595643C7" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4224" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D73059A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AADCC2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E3C2F6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="16D5CBE1" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31784EA2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6D7364" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес места жительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F0BBA9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="325C37CF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="56C2C2F2" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FB3BC0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2FF365" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1999177A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21265620" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="635E4084" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BD9609" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C317BC2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4165ACED" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A7C5DA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1E82D607" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31DDFFC4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CA9C6B0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08382888" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:t>(почтовый индекс, республика, край, область, населенный пункт, улица,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:br/>
+              <w:t>номер дома, корпус, номер квартиры)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D778DAB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="128F7255" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C599C98" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3856" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D922B9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="00521F67">
+            <w:pPr>
+              <w:ind w:left="85"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Телефон, адрес электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4366" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0915F332" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1F6C6E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="3BA6A771" w14:textId="77777777" w:rsidTr="0057294D">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...16 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2421ED77" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8363" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="449FA5C1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D21E884" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...13 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+    <w:p w14:paraId="59E8B715" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00D657D9">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="360"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009478D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>К заявлению прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="595"/>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="2298"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0D65A858" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC49464" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="437DB285" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Наименование документа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48366B43" w14:textId="1AF8A914" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отметка </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60C54">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABDC619" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Подпись сотрудника негосударст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>венного пенсионного фонда, принявшего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="15FFBDD7" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF7E3BB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E83368" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Паспорт (иной документ, удостоверяющий личность) правопреемника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E08F8A4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69379FF1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1E54F95B" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F229A0E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="001A25F1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7CC05C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="001A25F1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Документы, удостоверяющие личность и полномочия законного представителя (указать вид и реквизиты документа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EC68E1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="001A25F1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09806951" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="001A25F1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1B73EB0B" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEEE2FD" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3386CFF7" w14:textId="283001D1" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы, подтверждающие родственные отношения </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>с умершим застрахованным лицом:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E4F837" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C134CBE" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="75F10F5F" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="490CCC8D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B1028F9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>свидетельство о рождении;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06009394" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2A544E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="3081EFA6" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE7A3F3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4089859B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>свидетельство о заключении брака;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D76D76" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="418F461F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="0F0470E6" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="03D38BB9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65A3F892" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>свидетельство об усыновлении;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E83D400" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0268F179" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1CC338F6" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="386BD50A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BD8B4EE" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>иной документ (указать вид и реквизиты документа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A1CF32" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5196AEF8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="3EE4B57C" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086CF92E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A01BF2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Нотариально удостоверенная доверенность, подтверждающая полномочие представителя на подачу заявления о выплате средств пенсионных накоплений, учтенных на пенсионном счете накопительной пенсии умершего застрахованного лица, и необходимых документов от имени правопреемника (указать вид и реквизиты документа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="345D02A2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3AD405" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="40A13D27" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67131EA6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00DE394C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="638BC6E1" w14:textId="312D0ABF" w:rsidR="003F64FE" w:rsidRPr="00ED0460" w:rsidRDefault="00230FC4" w:rsidP="00DE394C">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Решение суда о восстановлении срока на обращение </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за выплатой средств пенсионных накоплений, либо </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справка о смерти гражданина по форме, утвержденной постановлением Правительства Российской Федерации </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 1 сентября 2023 г. </w:t>
+            </w:r>
+            <w:r w:rsidR="0075416F" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1421 </w:t>
+            </w:r>
+            <w:r w:rsidR="0075416F" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Об утверждении Правил выдачи справки об обстоятельствах исчезновения гражданина и справки об обстоятельствах исчезновения или возможной гибели гражданина, Правил выдачи справки о смерти гражданина, формы справки об обстоятельствах исчезновения гражданина, формы справки об обстоятельствах исчезновения или возможной гибели гражданина, формы справки о смерти гражданина</w:t>
+            </w:r>
+            <w:r w:rsidR="002827E9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, либо справка о подтверждении факта участия правопреемника умершего застрахованного лица в выполнении (обеспечении выполнения) задач в ходе специальной военной операции (боевых действий) на территориях Украины, Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области или в выполнении (обеспечении выполнения) задач по отражению вооруженного вторжения на территорию Российской Федерации, а также в выполнении (обеспечении выполнения) задач в ходе вооруженной провокации на государственной границе Российской Федерации и территориях субъектов Российской Федерации, прилегающих к районам проведения специальной военной операции, по форме, утвержденной постановлением Правительства Российской Федерации </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28 октября 2025 г. </w:t>
+            </w:r>
+            <w:r w:rsidR="002827E9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1679 </w:t>
+            </w:r>
+            <w:r w:rsidR="002827E9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О внесении изменений </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в некоторые акты Правительства Российской Федерации </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и утверждении формы справки о подтверждении факта участия правопреемника умершего застрахованного лица </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в выполнении (обеспечении выполнения) задач в ходе специальной военной операции (боевых действий) на территориях Украины, Донецкой Народной Республики, Луганской Народной Республики, Запорожской области </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и Херсонской области или в выполнении (обеспечении выполнения) задач по отражению вооруженного вторжения на территорию Российской Федерации, а также </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в выполнении (обеспечении выполнения) задач в ходе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>вооруженной провокации на государственной границе Российской Федерации и территориях субъектов Российской Федерации, прилегающих к районам проведения специальной военной операции</w:t>
+            </w:r>
+            <w:r w:rsidR="002827E9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9" w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00ED0460">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(указать вид и реквизиты документа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04599A41" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00DE394C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7F7465" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00DE394C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="3A13A08A" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B3E1C1" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E861C3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Свидетельство о смерти застрахованного лица (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FB359C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="344444E4" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="7BD55783" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E02B370" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AA9957" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Страховое свидетельство обязательного пенсионного страхования умершего застрахованного лица (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C98DA5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="164BFA7D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="436268A5" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428B2F15" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="709A0115" w14:textId="28020B31" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Страховое свидетельство государственного пенсионного страхования умершего застрахованного лица (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F287545" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E27AE9C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w:rsidRPr="009478D9" w14:paraId="1436E11C" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="315550D8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310B2C36" w14:textId="473C800F" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE" w:rsidP="00296FE2">
+            <w:pPr>
+              <w:keepLines/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00677963">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иной документ, выданный территориальным органом </w:t>
+            </w:r>
+            <w:r w:rsidR="000A3D98" w:rsidRPr="00677963">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонда пенсионного и социального страхования </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="000A3D98" w:rsidRPr="00677963">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Российской Федерации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00677963">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, в к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отором указан страховой </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">номер индивидуального лицевого счета умершего застрахованного лица (при наличии) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(указать вид и реквизиты документа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14ABE0DF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DE88E8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w14:paraId="3A3C04F9" w14:textId="77777777" w:rsidTr="005D55EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1866A4D3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CDE83A" w14:textId="0CCFB5F5" w:rsidR="003F64FE" w:rsidRPr="009478D9" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные документы, подтверждающие соблюдение условий, установленных частями 3 - 5 статьи 3 Федерального закона </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5CAF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>О дополнительных мерах государственной поддержки семей, имеющих детей</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5CAF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (для правопреемников из числа лиц, указанных в пункте 4 Правил выплаты негосударственным пенсионным фондом, осуществляющим обязательное пенсионное страхование, правопреемникам умерших застрахованных лиц средств пенсионных накоплений, учтенных на пенсионных счетах накопительной пенсии, утвержденных постановлением Правительства Российской Федерации от 30 июля </w:t>
+            </w:r>
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
+              <w:smartTagPr>
+                <w:attr w:name="ProductID" w:val="2014 г"/>
+              </w:smartTagPr>
+              <w:r w:rsidRPr="009478D9">
+                <w:rPr>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>2014 г</w:t>
+              </w:r>
+            </w:smartTag>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D657D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>№ 710)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A52CE0A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:ind w:left="57" w:right="57"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009478D9">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(указать виды и реквизиты документов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B72EB9" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8847EC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B978EF0" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705355CA" w14:textId="463EFE12" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При изменении персональных данных, указанных мной в заявлении, приму меры </w:t>
+      </w:r>
+      <w:r w:rsidR="00D657D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к уведомлению об этом негосударственного пенсионного фонда путем подачи нового заявления </w:t>
+      </w:r>
+      <w:r w:rsidR="00D657D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с уточненными данными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480F26F6" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>------------------------------- Линия отреза ------------------------------</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Даю согласие на обработку моих персональных данных, указанных в заявлении.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AFF1E12" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...1 lines deleted...]
-        <w:pStyle w:val="ConsPlusNonformat"/>
+    <w:p w14:paraId="08567985" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7880A819" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ABDBD8A" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1D5E14" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(подпись правопреемника (законного представителя (представителя) правопреемника))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2628"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="1049"/>
+        <w:gridCol w:w="454"/>
+        <w:gridCol w:w="255"/>
+        <w:gridCol w:w="1588"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="680"/>
+        <w:gridCol w:w="1304"/>
+        <w:gridCol w:w="1029"/>
+        <w:gridCol w:w="141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w14:paraId="29F7BC6C" w14:textId="77777777" w:rsidTr="00046D83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="701"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DAF0459" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заполняется сотрудником негосударственного пенсионного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7606" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E46B76D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заявление зарегистрировано в журнале</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>регистрации заявлений о выплате средств</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>пенсионных накоплений (об отказе от получения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>средств пенсионных накоплений)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w14:paraId="535DAAE4" w14:textId="77777777" w:rsidTr="00046D83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20043D66" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB43471" w14:textId="7BA4CED9" w:rsidR="003F64FE" w:rsidRDefault="001C492F">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="654CAA57" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="492FBCE6" w14:textId="730E2943" w:rsidR="003F64FE" w:rsidRDefault="001C492F">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="476E8F9B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77881528" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA0964B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB29157" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>г. №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="067E8522" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC62A9D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w14:paraId="25A6355F" w14:textId="77777777" w:rsidTr="00046D83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B71CF35" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6827110C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7323" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC5EFAC" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D886C0E" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w14:paraId="2DBCC3BD" w14:textId="77777777" w:rsidTr="00046D83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745A40B8" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="142" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4571D06C" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7323" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A55A98F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="180"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(должность и подпись сотрудника негосударственного пенсионного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>фонда, зарегистрировавшего заявление)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0356A320" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DADFD95" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-------------------------------------------------------Линия отреза-------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E60163" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FB99A3E" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7710F8A9" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FCA6C93" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E1AD8FC" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29084ECA" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699A92B7" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5E5C41" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3A375C" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A17C1B4" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537F2195" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C58F54A" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="568DE1E9" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2581AA51" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F8A8AF" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58767071" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BCEDB3" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CFB4E3" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD5B804" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C0D8C8" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CCCFB08" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E45C960" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE92BE9" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436F5FBB" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1813A7B2" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CE6268" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4EF3CE" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43137731" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40695DD5" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D6A3DFE" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55493682" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12076ADB" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B41B8E" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EE5038" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EDCF25" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F722BD3" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665FAD14" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6272F560" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D36A41" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3544A320" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A211FD6" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CAE2DA6" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F495087" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11856FEF" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48A22D21" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3C2931" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3736B842" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59796E0A" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081E91E2" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="068C0F54" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E12A729" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1314452D" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4045512E" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE706F9" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573C2C74" w14:textId="77777777" w:rsidR="00DC1B7A" w:rsidRDefault="00DC1B7A" w:rsidP="00DE394C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50D01F03" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="480"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>(наименование негосударственного пенсионного фонда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B428D15" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>РАСПИСКА-УВЕДОМЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232B340D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о регистрации заявления правопреемника о выплате</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>средств пенсионных накоплений, учтенных на пенсионном счете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>накопительной пенсии умершего застрахованного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="4508" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="1446"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w14:paraId="53D5F09E" w14:textId="77777777" w:rsidTr="0053084B">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B788CE5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC2138B" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="327499FB" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E440DE5" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="517CC2DA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10121"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4BFCCA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="006F6D46">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(ф.и.о. умершего застрахованного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102D91D3" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10206"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F400739" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:ind w:right="113"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(ф.и.о. правопреемника, дата и место рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1661D8B2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>___________________________________________________________________________</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>страховой номер индивидуального лицевого счета умершего застрахованного лица</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00654289">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">            (наименование негосударственного пенсионного фонда)</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0CFB7E" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="42C2E6FA" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="240"/>
+        <w:ind w:right="4621"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10233" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3628"/>
+        <w:gridCol w:w="170"/>
+        <w:gridCol w:w="3289"/>
+        <w:gridCol w:w="170"/>
+        <w:gridCol w:w="2976"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F64FE" w14:paraId="2D380258" w14:textId="77777777" w:rsidTr="00F33248">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A23D525" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB4BB7D" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3289" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F899C74" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D43D327" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E083DCF" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F64FE" w14:paraId="37DCE57C" w14:textId="77777777" w:rsidTr="00F33248">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58BEC322" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(должность сотрудника негосударственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>пенсионного фонда,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>зарегистрировавшего заявление)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2950CF09" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3289" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C236463" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(ф.и.о. сотрудника</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>негосударственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>пенсионного фонда,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>зарегистрировавшего заявление)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14CEF4D2" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6292E15F" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(подпись сотрудника негосударственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>пенсионного фонда,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t>зарегистрировавшего заявление)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="305C9612" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE">
+      <w:pPr>
+        <w:spacing w:before="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                           РАСПИСКА-УВЕДОМЛЕНИЕ</w:t>
-[...251 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>М.П.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4337FD1C" w14:textId="77777777" w:rsidR="009F0F80" w:rsidRDefault="009F0F80">
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="009F0F80">
+    <w:sectPr w:rsidR="003F64FE">
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:noEndnote/>
+      <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="1134" w:header="397" w:footer="397" w:gutter="0"/>
+      <w:cols w:space="709"/>
+      <w:rtlGutter/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4CE3DD9E" w14:textId="77777777" w:rsidR="001D2971" w:rsidRDefault="001D2971">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="611D12D2" w14:textId="77777777" w:rsidR="001D2971" w:rsidRDefault="001D2971">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="02B937D7" w14:textId="77777777" w:rsidR="001D2971" w:rsidRDefault="001D2971">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0F69334A" w14:textId="77777777" w:rsidR="001D2971" w:rsidRDefault="001D2971">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="035E4F75" w14:textId="77777777" w:rsidR="003F64FE" w:rsidRDefault="003F64FE" w:rsidP="007865B5">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Подготовлено с использованием системы </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>КонсультантПлюс</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:writeProtection w:recommended="1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader/>
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
-  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...2 lines deleted...]
-    <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A1F00"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FF1300"/>
+    <w:rsidRoot w:val="00654289"/>
+    <w:rsid w:val="00046D83"/>
+    <w:rsid w:val="000A3D98"/>
+    <w:rsid w:val="0011652A"/>
+    <w:rsid w:val="001A25F1"/>
+    <w:rsid w:val="001C492F"/>
+    <w:rsid w:val="001D2971"/>
+    <w:rsid w:val="001F2299"/>
+    <w:rsid w:val="001F7620"/>
+    <w:rsid w:val="00230FC4"/>
+    <w:rsid w:val="00280691"/>
+    <w:rsid w:val="002827E9"/>
+    <w:rsid w:val="00296FE2"/>
+    <w:rsid w:val="00304CF5"/>
+    <w:rsid w:val="00325442"/>
+    <w:rsid w:val="003E25F3"/>
+    <w:rsid w:val="003F64FE"/>
+    <w:rsid w:val="003F6C73"/>
+    <w:rsid w:val="004635CB"/>
+    <w:rsid w:val="00500CC3"/>
+    <w:rsid w:val="00510E79"/>
+    <w:rsid w:val="00521F67"/>
+    <w:rsid w:val="0053084B"/>
+    <w:rsid w:val="00547C5A"/>
+    <w:rsid w:val="0056746A"/>
+    <w:rsid w:val="0057294D"/>
+    <w:rsid w:val="005D55EC"/>
+    <w:rsid w:val="00654289"/>
+    <w:rsid w:val="00675EF0"/>
+    <w:rsid w:val="00677963"/>
+    <w:rsid w:val="006A55F3"/>
+    <w:rsid w:val="006C76BF"/>
+    <w:rsid w:val="006F6D46"/>
+    <w:rsid w:val="0075416F"/>
+    <w:rsid w:val="00760E72"/>
+    <w:rsid w:val="00770769"/>
+    <w:rsid w:val="007865B5"/>
+    <w:rsid w:val="00890A18"/>
+    <w:rsid w:val="008F08AF"/>
+    <w:rsid w:val="0090464F"/>
+    <w:rsid w:val="009478D9"/>
+    <w:rsid w:val="009B7901"/>
+    <w:rsid w:val="00A078DA"/>
+    <w:rsid w:val="00A13891"/>
+    <w:rsid w:val="00AA5CAF"/>
+    <w:rsid w:val="00AD7E92"/>
+    <w:rsid w:val="00B845FC"/>
+    <w:rsid w:val="00B91B9A"/>
+    <w:rsid w:val="00BD26CC"/>
+    <w:rsid w:val="00BD7B8D"/>
+    <w:rsid w:val="00C31692"/>
+    <w:rsid w:val="00C6084B"/>
+    <w:rsid w:val="00C618BF"/>
+    <w:rsid w:val="00CF5165"/>
+    <w:rsid w:val="00CF5718"/>
+    <w:rsid w:val="00D11036"/>
+    <w:rsid w:val="00D60C54"/>
+    <w:rsid w:val="00D657D9"/>
+    <w:rsid w:val="00DC1B7A"/>
+    <w:rsid w:val="00DE394C"/>
+    <w:rsid w:val="00E41D96"/>
+    <w:rsid w:val="00EC0346"/>
+    <w:rsid w:val="00ED0460"/>
+    <w:rsid w:val="00F33225"/>
+    <w:rsid w:val="00F33248"/>
+    <w:rsid w:val="00FD2098"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2D762AB6"/>
+  <w14:docId w14:val="3D1C0694"/>
   <w14:defaultImageDpi w14:val="0"/>
-  <w15:docId w15:val="{ACBB5083-B4A6-4084-82DE-AA428FA39FDB}"/>
+  <w15:docId w15:val="{36723F62-46D6-49C7-862C-E22A985A492E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3848,235 +9378,160 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
-[...15 lines deleted...]
-    <w:name w:val="ConsPlusNonformat"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
-    <w:name w:val="ConsPlusTitle"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusDocList">
-    <w:name w:val="ConsPlusDocList"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...65 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=2E740F6763D9631F8E7C7AAE961A17BEC595732E78225F062AE7EF2B78B13F415F31BA0B9B7EF101A4F6D6674C7AF8B707B4D31C16B545FAO6G0E" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=2E740F6763D9631F8E7C7AAE961A17BEC595732E78225F062AE7EF2B78B13F415F31BA0B9B7EF101A2F6D6674C7AF8B707B4D31C16B545FAO6G0E" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=2E740F6763D9631F8E7C7AAE961A17BEC59273297C2A5F062AE7EF2B78B13F415F31BA0B9B7FF105A9F6D6674C7AF8B707B4D31C16B545FAO6G0E" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4332,57 +9787,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10443</Characters>
+  <Pages>7</Pages>
+  <Words>1458</Words>
+  <Characters>8313</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>2</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>24</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>КонсультантПлюс Версия 4022.00.21</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>КонсультантПлюс</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12251</CharactersWithSpaces>
+  <CharactersWithSpaces>9752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Постановление Правительства РФ от 30.07.2014 N 710(ред. от 24.03.2023)"Об утверждении Правил выплаты негосударственным пенсионным фондом, осуществляющим обязательное пенсионное страхование, правопреемникам умерших застрахованных лиц средств пенсионных нак</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>balvakova</dc:creator>
+  <dc:creator>КонсультантПлюс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>